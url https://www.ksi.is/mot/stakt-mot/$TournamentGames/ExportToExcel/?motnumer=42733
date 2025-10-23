--- v0 (2025-10-23)
+++ v1 (2025-10-23)
@@ -344,85 +344,85 @@
         <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44345.5520833333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44348.71875</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44348.71875</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44348.71875</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44349.71875</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44354.71875</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
@@ -484,127 +484,127 @@
         <v>20</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44362.5520833333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44362.71875</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44362.71875</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44362.71875</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44368.6770833333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44368.71875</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44368.71875</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44369.71875</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44373.5104166667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
@@ -722,108 +722,108 @@
         <v>11</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44425.6770833333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44425.71875</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44425.71875</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44428.5625</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44429.71875</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44429.71875</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44429.71875</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>