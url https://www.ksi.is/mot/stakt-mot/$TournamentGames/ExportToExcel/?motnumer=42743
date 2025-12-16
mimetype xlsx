--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -87,54 +87,54 @@
   <si>
     <t>Reykjaneshöllin</t>
   </si>
   <si>
     <t>Valsvöllur</t>
   </si>
   <si>
     <t>Hertz völlurinn</t>
   </si>
   <si>
     <t>Fagverksvöllurinn Varmá</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
     <t>Rafholtsvöllurinn</t>
   </si>
   <si>
     <t>Smárinn</t>
   </si>
   <si>
     <t>Eimskipsvöllurinn</t>
   </si>
   <si>
+    <t>Meistaravellir</t>
+  </si>
+  <si>
     <t>Nesfisk-völlurinn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Meistaravellir</t>
   </si>
   <si>
     <t>BLUE-völlurinn</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>HS Orku völlurinn</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -401,141 +401,141 @@
         <v>17</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44335.7916666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44342.7916666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44342.7916666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44342.8020833333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44343.7708333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44343.7916666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44348.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44348.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44348.7708333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44348.7708333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
@@ -569,180 +569,180 @@
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44354.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44355.7916666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44355.7916666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44356.75</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44361.75</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44361.75</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44361.75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44363.8125</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44369.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44376.75</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44376.75</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44376.7708333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44376.7916666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>10</v>
@@ -751,85 +751,85 @@
         <v>14</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44376.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44383.75</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44383.75</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44383.75</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44383.75</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44383.7916666667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>10</v>
@@ -933,71 +933,71 @@
         <v>4</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44398.7708333333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44404.75</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44404.75</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44405.7916666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>44413.75</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>13</v>
@@ -1017,71 +1017,71 @@
         <v>4</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>44418.7708333333</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>44419.75</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>44419.75</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>44420.75</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>44421.7291666667</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>10</v>