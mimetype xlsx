--- v0 (2025-10-19)
+++ v1 (2025-12-20)
@@ -27,66 +27,66 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
+    <t>Stjarnan/Álftanes</t>
+  </si>
+  <si>
+    <t>Breiðablik/Augnablik</t>
+  </si>
+  <si>
+    <t>Samsungvöllurinn</t>
+  </si>
+  <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
-  </si>
-[...7 lines deleted...]
-    <t>Samsungvöllurinn</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Þór/KA/Tin/Ham</t>
   </si>
   <si>
     <t>Grótta/KR</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
   <si>
     <t>Keflavík/Reynir/Víðir</t>
   </si>
   <si>
     <t>Selfoss/Ham/Æg/KFR</t>
   </si>
@@ -286,68 +286,68 @@
         <v>20</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44367.6041666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44378.7708333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44378.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44388.5833333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44396.75</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>16</v>
@@ -356,66 +356,66 @@
         <v>23</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44423.5</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44423.75</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44453.75</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44463.7916666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>