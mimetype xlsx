--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -356,71 +356,71 @@
         <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44332.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44334.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44334.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44335.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44340.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>23</v>
@@ -566,71 +566,71 @@
         <v>14</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44354.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44360.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44360.7083333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44361.8333333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44361.8333333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>16</v>
@@ -748,85 +748,85 @@
         <v>13</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44380.625</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44383.8333333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44383.8333333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44383.8333333333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44383.8541666667</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44386.8333333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
@@ -1154,127 +1154,127 @@
         <v>13</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>44428.8333333333</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>44430.7083333333</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>44430.7083333333</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>44433.7916666667</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>44433.8333333333</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>44436.7083333333</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>44436.7083333333</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>44438.7916666667</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>44438.875</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
@@ -1406,71 +1406,71 @@
         <v>16</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>44455.75</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>44455.8333333333</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>44455.8333333333</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>44456.875</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2">
         <v>44459.75</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>7</v>