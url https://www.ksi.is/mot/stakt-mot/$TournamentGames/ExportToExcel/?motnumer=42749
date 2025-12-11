--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -526,71 +526,71 @@
         <v>13</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44357.7083333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44361.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44361.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44361.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44376.8333333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
@@ -610,85 +610,85 @@
         <v>14</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44378.8333333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44383.8333333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44383.8333333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44383.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44383.875</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44390.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>13</v>
@@ -764,71 +764,71 @@
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44398.8333333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44404.8333333333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44404.8333333333</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44405.875</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44414.71875</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>17</v>
@@ -890,71 +890,71 @@
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44421.8125</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44426.8333333333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44426.8333333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44426.875</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44427.875</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>19</v>