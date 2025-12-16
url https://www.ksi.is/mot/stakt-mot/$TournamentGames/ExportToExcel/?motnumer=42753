--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -401,71 +401,71 @@
         <v>17</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44332.59375</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44335.71875</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44335.71875</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44336.71875</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44340.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>13</v>
@@ -695,71 +695,71 @@
         <v>20</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44362.6979166667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44363.71875</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44363.71875</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44363.71875</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44365.625</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>17</v>
@@ -793,71 +793,71 @@
         <v>20</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44370.625</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44370.71875</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44370.71875</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44370.71875</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44372.6666666667</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>10</v>
@@ -877,85 +877,85 @@
         <v>27</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44375.71875</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44375.71875</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44375.71875</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44375.71875</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44376.7291666667</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44377.59375</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>27</v>
@@ -1045,71 +1045,71 @@
         <v>11</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>44417.6770833333</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>44417.71875</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>44417.71875</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>44418.6666666667</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>44418.6770833333</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>4</v>
@@ -1199,108 +1199,108 @@
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>44427.625</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>44427.6666666667</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>44427.6666666667</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>44427.6979166667</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>44427.71875</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>44427.71875</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
         <v>44430.59375</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>