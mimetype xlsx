--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -390,71 +390,71 @@
         <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44343.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44347.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44347.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44347.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44351.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>18</v>
@@ -768,85 +768,85 @@
         <v>23</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44417.5625</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44417.6666666667</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44417.6666666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44417.6666666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44418.5833333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44422.4583333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>23</v>
@@ -922,66 +922,66 @@
         <v>10</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44427.6041666667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44427.6666666667</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44427.6666666667</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44427.6770833333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>