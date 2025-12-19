--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -51,54 +51,54 @@
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Austurland</t>
   </si>
   <si>
     <t>Vodafonevöllurinn Húsavík</t>
   </si>
   <si>
     <t>RKVG</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Reykjaneshöllin</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
   <si>
+    <t>OnePlus völlurinn</t>
+  </si>
+  <si>
     <t>Sindravellir</t>
-  </si>
-[...1 lines deleted...]
-    <t>OnePlus völlurinn</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>BLUE-völlurinn</t>
   </si>
   <si>
     <t>Fjarðabyggðarhöllin</t>
   </si>
   <si>
     <t>Iðavellir</t>
   </si>
   <si>
     <t>Fellavöllur</t>
   </si>
   <si>
     <t>Djúpavogsvöllur</t>
   </si>
   <si>
     <t>Norðfjarðarvöllur</t>
   </si>
   <si>
     <t>Mánavöllur</t>
   </si>
@@ -226,68 +226,68 @@
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>44326.75</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>44334.75</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>44334.75</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44338.6666666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44339.5</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>10</v>
@@ -302,65 +302,65 @@
     <row r="10">
       <c r="A10" s="2">
         <v>44344.75</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44348.7604166667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44351.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44351.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44352.4166666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>11</v>
@@ -470,79 +470,79 @@
     <row r="22">
       <c r="A22" s="2">
         <v>44380.4166666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44381.5416666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44384.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44384.75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44387.5</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44390.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>13</v>
@@ -680,65 +680,65 @@
     <row r="37">
       <c r="A37" s="2">
         <v>44427.75</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44430.5416666667</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44431.7083333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44435.7083333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44436.5833333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>