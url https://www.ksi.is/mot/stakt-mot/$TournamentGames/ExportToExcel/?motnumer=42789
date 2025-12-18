--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -581,85 +581,85 @@
         <v>11</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44374.5416666667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44377.7083333333</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44377.7083333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44377.7083333333</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44378.625</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44380.6041666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>13</v>
@@ -819,71 +819,71 @@
         <v>4</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44424.5416666667</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44428.7083333333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44428.7083333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44430.5416666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
@@ -917,52 +917,52 @@
         <v>7</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44435.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44435.7083333333</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44435.7083333333</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>