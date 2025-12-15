--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -345,71 +345,71 @@
         <v>13</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44345.625</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44346.5416666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44346.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44348.65625</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44350.7083333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>11</v>
@@ -639,141 +639,141 @@
         <v>16</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44375.7708333333</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44378.7083333333</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44378.7083333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44380.6666666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44381.5416666667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44385.5833333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44385.7083333333</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44385.7083333333</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44416.625</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44419.7083333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>7</v>
@@ -807,141 +807,141 @@
         <v>19</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44423.5833333333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44426.7083333333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44426.7083333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44426.7083333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44429.6041666667</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44433.7083333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44433.7083333333</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44433.7083333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44436.625</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44444.6666666667</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>19</v>