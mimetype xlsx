--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -267,71 +267,71 @@
         <v>11</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44332.5833333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44336.75</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44336.75</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44337.75</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44340.59375</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>15</v>
@@ -701,66 +701,66 @@
         <v>15</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44426.6666666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44427.71875</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44427.71875</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44429.5416666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>