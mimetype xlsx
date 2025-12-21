--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -362,71 +362,71 @@
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44362.7708333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44368.7083333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44368.7083333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44368.7708333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44373.5416666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>
@@ -544,52 +544,52 @@
         <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44435.6875</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44437.4583333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44437.4583333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>