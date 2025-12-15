--- v0 (2025-10-18)
+++ v1 (2025-12-15)
@@ -452,71 +452,71 @@
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44395.75</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44418.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44418.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44424.7083333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44429.4375</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>10</v>