--- v0 (2025-10-23)
+++ v1 (2025-10-23)
@@ -280,152 +280,152 @@
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44439.7673611111</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44439.7847222222</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44439.7847222222</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44439.8020833333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44439.8020833333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44439.8194444444</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44463.75</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44463.7673611111</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44463.7673611111</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44463.7847222222</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44463.8020833333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
@@ -476,110 +476,110 @@
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44463.8368055556</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44478.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44478.5833333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44478.6006944444</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44478.6180555556</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44478.6180555556</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44478.6354166667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44478.6527777778</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>9</v>
@@ -602,68 +602,68 @@
         <v>7</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44478.6701388889</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44499.5833333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44499.5833333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44499.6006944444</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44499.6180555556</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>10</v>
@@ -700,52 +700,52 @@
         <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44499.6527777778</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44499.6701388889</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44499.6701388889</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>