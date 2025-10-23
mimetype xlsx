--- v0 (2025-10-23)
+++ v1 (2025-10-23)
@@ -247,127 +247,127 @@
         <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44349.7083333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44354.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44356.6666666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44358.6666666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44358.6666666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44361.625</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44361.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>7</v>
@@ -541,52 +541,52 @@
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44429.5625</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>