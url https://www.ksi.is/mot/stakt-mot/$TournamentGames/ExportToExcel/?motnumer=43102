--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -247,71 +247,71 @@
         <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44354.6770833333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44358.6666666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44358.6666666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44360.625</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44363.625</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>7</v>
@@ -387,85 +387,85 @@
         <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44371.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44374.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44374.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44374.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44419.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44419.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
@@ -499,94 +499,94 @@
         <v>12</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44425.6666666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44429.6666666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>