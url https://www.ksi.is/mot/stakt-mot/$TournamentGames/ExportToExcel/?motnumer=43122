--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -60,60 +60,60 @@
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Bohemian FC</t>
   </si>
   <si>
     <t>Samsungvöllurinn</t>
   </si>
   <si>
     <t>Showgrounds</t>
   </si>
   <si>
     <t>Dalymount Park</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Austria Wien</t>
   </si>
   <si>
     <t>Viola Park</t>
   </si>
   <si>
+    <t>Valur</t>
+  </si>
+  <si>
+    <t>Bodo/Glimt</t>
+  </si>
+  <si>
+    <t>Origo völlurinn</t>
+  </si>
+  <si>
     <t>Rosenborg</t>
-  </si>
-[...7 lines deleted...]
-    <t>Origo völlurinn</t>
   </si>
   <si>
     <t>Aspmyra - Bodö</t>
   </si>
   <si>
     <t>Lerkendal Stadion - A</t>
   </si>
   <si>
     <t>Aberdeen</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
   <si>
     <t>Pittodrie Stadium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
@@ -271,93 +271,93 @@
         <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44399.6666666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44399.7916666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44399.7916666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44406.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44406.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44406.7291666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44413.7916666667</v>