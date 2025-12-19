--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -623,71 +623,71 @@
         <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44619.625</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44619.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44619.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44625.59375</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44632.7083333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>7</v>
@@ -791,71 +791,71 @@
         <v>13</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44646.7083333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44647.6666666667</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44647.6666666667</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44647.8333333333</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44657.8125</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>13</v>
@@ -903,66 +903,66 @@
         <v>4</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44674.7083333333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44674.8333333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44674.8333333333</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44674.8333333333</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>