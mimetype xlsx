--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -347,71 +347,71 @@
         <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44653.5208333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44672.4166666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44672.4166666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44675.4166666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44675.4375</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>