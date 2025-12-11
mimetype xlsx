--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -328,52 +328,52 @@
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44640.7708333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44644.8125</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44644.8125</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>