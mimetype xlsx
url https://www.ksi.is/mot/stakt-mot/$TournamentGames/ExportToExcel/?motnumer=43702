--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -828,141 +828,141 @@
         <v>10</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44731.5833333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44731.5833333333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44731.5833333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44731.6770833333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44770.8020833333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44770.8020833333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44777.7291666667</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44777.7291666667</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44777.8020833333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44777.8333333333</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
@@ -1122,71 +1122,71 @@
         <v>16</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>44797.75</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>44813.7083333333</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>44813.7083333333</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>44815.6770833333</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>44816.8020833333</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>14</v>
@@ -1304,150 +1304,150 @@
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>44828.5833333333</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>44829.5833333333</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>44829.5833333333</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>44829.5833333333</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>44830.7291666667</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>44835.5833333333</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>44835.5833333333</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>44835.5833333333</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>44835.5833333333</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>44835.5833333333</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>