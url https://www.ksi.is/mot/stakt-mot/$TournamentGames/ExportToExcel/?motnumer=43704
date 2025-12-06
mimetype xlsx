--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -18,174 +18,174 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
+    <t>Fylkir</t>
+  </si>
+  <si>
+    <t>Haukar</t>
+  </si>
+  <si>
+    <t>Würth völlurinn</t>
+  </si>
+  <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
   </si>
   <si>
-    <t>Fylkir</t>
-[...5 lines deleted...]
-    <t>Würth völlurinn</t>
+    <t>ÍA</t>
+  </si>
+  <si>
+    <t>Fjölnir</t>
+  </si>
+  <si>
+    <t>Akraneshöllin</t>
   </si>
   <si>
     <t>Augnablik</t>
   </si>
   <si>
     <t>Hamar</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
-    <t>ÍA</t>
-[...7 lines deleted...]
-  <si>
     <t>ÍH</t>
   </si>
   <si>
     <t>KÁ</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
     <t>Sindri</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Sindravellir</t>
   </si>
   <si>
+    <t>Völsungur</t>
+  </si>
+  <si>
+    <t>Einherji</t>
+  </si>
+  <si>
+    <t>PCC völlurinn Húsavík</t>
+  </si>
+  <si>
     <t>Álftanes</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>OnePlus völlurinn</t>
   </si>
   <si>
-    <t>Völsungur</t>
-[...7 lines deleted...]
-  <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Sauðárkróksvöllur</t>
   </si>
   <si>
     <t>FHL</t>
   </si>
   <si>
     <t>Fjarðabyggðarhöllin</t>
   </si>
   <si>
     <t>Norðurálsvöllurinn</t>
   </si>
   <si>
+    <t>ÍR</t>
+  </si>
+  <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
-    <t>ÍR</t>
-[...1 lines deleted...]
-  <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
+    <t>Stjarnan</t>
+  </si>
+  <si>
     <t>Þór/KA</t>
   </si>
   <si>
     <t>SaltPay-völlurinn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Stjarnan</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>HS Orku völlurinn</t>
   </si>
@@ -409,180 +409,180 @@
         <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44681.5833333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44691.7916666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44695.5</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44696.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44696.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="C15" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44698.7916666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44698.7916666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44708.75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44709.5416666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44709.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="0" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44709.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44709.6875</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44709.7083333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>49</v>
@@ -605,104 +605,104 @@
         <v>35</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44710.625</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44722.7291666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44722.75</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44722.8020833333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44722.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44785.8229166667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44786.5833333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44800.6666666667</v>