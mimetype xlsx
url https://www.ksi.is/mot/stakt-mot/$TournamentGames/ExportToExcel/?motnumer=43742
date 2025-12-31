--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -178,52 +178,52 @@
         <v>7</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>44660.7708333333</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>44663.5208333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>44663.5208333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>