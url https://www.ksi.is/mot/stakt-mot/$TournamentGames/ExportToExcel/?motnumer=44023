--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -236,71 +236,71 @@
         <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>44710.6666666667</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44713.75</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44713.75</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44716.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44719.75</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>14</v>
@@ -348,122 +348,122 @@
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44733.78125</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44736.75</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44736.75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44736.7708333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44739.6875</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44740.75</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44743.75</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44743.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>