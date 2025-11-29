--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -281,127 +281,127 @@
         <v>17</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>37788.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>37790.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>37790.8333333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>37795.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>37796.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>37796.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>37796.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>37802.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>37806.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
@@ -435,183 +435,183 @@
         <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>37806.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>37811.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>37811.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>37812.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>37816.75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>37816.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>37816.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>37816.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>37820.8541666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>37824.8333333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>37824.8333333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>37824.875</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>37828.5416666667</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>13</v>
@@ -813,127 +813,127 @@
         <v>5</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>37860.7708333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>37866.75</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>37866.75</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>37866.75</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>37869.7291666667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>37872.75</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>37872.75</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>37872.75</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>37873.75</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>