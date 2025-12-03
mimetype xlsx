--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -273,99 +273,99 @@
         <v>13</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44705.8333333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44710.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44710.5833333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44712.8333333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44712.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44719.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44719.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>13</v>
@@ -455,71 +455,71 @@
         <v>5</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44733.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44733.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44733.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44737.7083333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44739.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>7</v>
@@ -735,85 +735,85 @@
         <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44765.7083333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44767.8333333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44767.8333333333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44767.8333333333</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44778.8333333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44779.5833333333</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>11</v>
@@ -833,136 +833,136 @@
         <v>10</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44780.625</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44785.8333333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44785.8333333333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>44785.8333333333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44786.5833333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44792.8333333333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44792.8333333333</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44792.8333333333</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44793.625</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>