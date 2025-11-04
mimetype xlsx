--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -269,85 +269,85 @@
         <v>11</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44706.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44713.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44713.8333333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44713.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44719.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44720.8020833333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
@@ -367,323 +367,323 @@
         <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44727.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44727.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44727.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44734.8020833333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44734.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44734.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44740.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44741.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44741.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44748.8020833333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44748.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44749.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44755.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44755.8333333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44755.8333333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44762.8020833333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44762.8333333333</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44762.8333333333</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44769.8333333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44769.8333333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44769.8333333333</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44778.8020833333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44778.8125</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>11</v>
@@ -703,94 +703,94 @@
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44782.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44784.7916666667</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44784.7916666667</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44791.7708333333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44791.7708333333</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44791.7708333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>