--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -378,71 +378,71 @@
         <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44711.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44717.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44717.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44718.6458333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44724.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>10</v>
@@ -728,71 +728,71 @@
         <v>15</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44768.8333333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44782.8333333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44782.8333333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44783.875</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44790.8333333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>10</v>
@@ -812,85 +812,85 @@
         <v>13</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>44795.7083333333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>44796.8333333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>44796.8333333333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>44796.8333333333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>44800.7083333333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>44801.6666666667</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>4</v>
@@ -966,85 +966,85 @@
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44809.7916666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>44812.8333333333</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>44812.8333333333</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>44812.8333333333</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>44814.7395833333</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>44815.7083333333</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>11</v>