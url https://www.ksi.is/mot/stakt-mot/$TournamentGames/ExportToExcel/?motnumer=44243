--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -332,68 +332,68 @@
         <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44707.6354166667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44711.71875</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44711.71875</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44714.65625</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44715.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>4</v>
@@ -514,71 +514,71 @@
         <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44726.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44726.71875</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44726.71875</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44728.59375</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44728.6354166667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>