--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -384,71 +384,71 @@
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44732.71875</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44736.5416666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44736.5416666667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44739.4583333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44752.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>11</v>
@@ -496,71 +496,71 @@
         <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44785.6666666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44789.71875</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44789.71875</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44790.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44794.5</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>