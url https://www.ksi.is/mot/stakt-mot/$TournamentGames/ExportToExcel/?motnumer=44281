--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -462,68 +462,68 @@
         <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44785.5416666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44785.7708333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44785.7708333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44788.7083333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44789.71875</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>7</v>