--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -478,155 +478,155 @@
         <v>7</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44731.625</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44733.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44733.75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44733.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44738.6666666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44740.75</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44746.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44746.75</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44746.75</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44749.75</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44751.6666666667</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>18</v>