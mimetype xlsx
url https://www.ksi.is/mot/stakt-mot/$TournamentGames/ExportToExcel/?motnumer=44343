--- v0 (2025-11-04)
+++ v1 (2025-12-14)
@@ -504,99 +504,99 @@
         <v>4</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44731.6041666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44733.75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44733.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44739.75</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44739.75</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44740.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44746.7083333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>9</v>
@@ -658,141 +658,141 @@
         <v>4</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>44753.75</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44781.75</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44781.75</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44781.75</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>44786.5833333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>44789.7083333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44789.75</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44789.75</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44792.625</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>44794.625</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>12</v>