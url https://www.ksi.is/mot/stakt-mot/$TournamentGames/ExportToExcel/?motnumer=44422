--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -588,68 +588,68 @@
         <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44743.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44749.7916666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44749.7916666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44754.8541666667</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44756.6041666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>10</v>