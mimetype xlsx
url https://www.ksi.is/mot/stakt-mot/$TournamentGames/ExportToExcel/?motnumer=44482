--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -81,54 +81,54 @@
   <si>
     <t>Kórinn - Gervigras</t>
   </si>
   <si>
     <t>Miðgarður</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
   <si>
     <t>KA-völlur</t>
   </si>
   <si>
     <t>Versalavöllur</t>
   </si>
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>Þórsvöllur</t>
   </si>
   <si>
     <t>Akureyrarvöllur</t>
   </si>
   <si>
+    <t>Kórinn - Grasvöllur</t>
+  </si>
+  <si>
     <t>Fagrilundur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kórinn - Grasvöllur</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -442,71 +442,71 @@
         <v>9</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44719.7708333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44720.7291666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44720.7291666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44725.625</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44726.4722222222</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>11</v>
@@ -526,127 +526,127 @@
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44728.4791666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44732.7291666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44732.7291666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44732.7291666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44736.5625</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44736.7291666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44736.7291666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44741.7083333333</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44742.5138888889</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>7</v>
@@ -658,51 +658,51 @@
     <row r="35">
       <c r="A35" s="2">
         <v>44742.6458333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>44746.6458333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>44747.5138888889</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>44748.5555555556</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
@@ -728,51 +728,51 @@
     <row r="40">
       <c r="A40" s="2">
         <v>44780.6458333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>44780.7291666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>44781.6388888889</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>44781.6458333333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>4</v>
@@ -904,71 +904,71 @@
         <v>11</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>44798.6875</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>44799.7291666667</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>44799.7291666667</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>44800.7083333333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>44801.5625</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>9</v>