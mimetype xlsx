--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -220,71 +220,71 @@
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>44871.625</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>44877.5416666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>44877.5416666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44878.4583333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44878.5</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>12</v>
@@ -318,152 +318,152 @@
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44892.5</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44892.5416666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44892.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44892.5416666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44899.7604166667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44903.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44905.5416666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44905.5416666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44905.5416666667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44940.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44940.5416666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>9</v>
@@ -570,68 +570,68 @@
         <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>44955.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>44961.5416666667</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>44961.5416666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>44962.5416666667</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>44968.6041666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>5</v>