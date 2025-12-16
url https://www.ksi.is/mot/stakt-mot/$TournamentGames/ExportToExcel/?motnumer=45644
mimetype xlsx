--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -292,85 +292,85 @@
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44954.5416666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44968.5416666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44968.5416666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>44968.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44975.4791666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44976.4791666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
@@ -432,71 +432,71 @@
         <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45007.7291666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45010.5416666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45010.5416666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45011.625</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45017.5416666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>10</v>
@@ -516,80 +516,80 @@
         <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45018.6041666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45039.5416666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45039.5416666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45039.5416666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45046.5833333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>