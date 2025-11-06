--- v0 (2025-11-06)
+++ v1 (2025-11-06)
@@ -394,85 +394,85 @@
         <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44948.8125</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44962.6527777778</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44962.6527777778</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44962.6527777778</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44976.6527777778</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44990.4583333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>