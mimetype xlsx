--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -245,71 +245,71 @@
         <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>44892.5208333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44892.7083333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44892.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44898.5208333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44902.7708333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
@@ -497,71 +497,71 @@
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44979.8055555556</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44982.5416666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44982.5416666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44982.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44985.7847222222</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>