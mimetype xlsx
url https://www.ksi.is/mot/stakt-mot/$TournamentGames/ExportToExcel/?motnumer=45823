--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -274,66 +274,66 @@
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45018.5416666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45032.5416666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45032.5416666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45038.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>