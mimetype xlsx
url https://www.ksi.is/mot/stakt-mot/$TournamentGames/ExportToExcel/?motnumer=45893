--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -258,71 +258,71 @@
         <v>13</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44898.5416666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44905.4166666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>44905.4166666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>44905.4166666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>44947.4166666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
@@ -482,71 +482,71 @@
         <v>9</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45017.4166666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45031.4166666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45031.4166666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45034.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45038.5729166667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>