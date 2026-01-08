--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -219,68 +219,68 @@
         <v>5</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>44871.4166666667</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>44884.4583333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>44884.4583333333</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>44885.4166666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>44892.53125</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>13</v>
@@ -359,169 +359,169 @@
         <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44905.4583333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44947.4166666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44947.4166666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44947.4166666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44961.4166666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44961.5729166667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44969.4166666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44975.4166666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44975.4166666667</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44975.4166666667</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44989.4166666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44989.5208333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>9</v>
@@ -611,150 +611,150 @@
         <v>13</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45011.4166666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45017.4166666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45017.4166666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45031.4166666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45031.4166666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45031.4166666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45038.5208333333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45039.4166666667</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45039.4166666667</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45045.46875</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>