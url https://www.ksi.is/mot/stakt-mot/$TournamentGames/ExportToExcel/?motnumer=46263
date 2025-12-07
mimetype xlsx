--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -36,150 +36,150 @@
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Sindri</t>
   </si>
   <si>
     <t>PCC völlurinn Húsavík</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
+    <t>Haukar</t>
+  </si>
+  <si>
+    <t>KH</t>
+  </si>
+  <si>
+    <t>Ásvellir</t>
+  </si>
+  <si>
     <t>ÍH</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
-    <t>Haukar</t>
-[...7 lines deleted...]
-  <si>
     <t>Fram</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
     <t>FHL</t>
   </si>
   <si>
     <t>Einherji</t>
   </si>
   <si>
     <t>Fjarðabyggðarhöllin</t>
   </si>
   <si>
+    <t>Víkingur R.</t>
+  </si>
+  <si>
+    <t>Smári</t>
+  </si>
+  <si>
+    <t>Víkingsvöllur</t>
+  </si>
+  <si>
     <t>Álftanes</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>OnePlus völlurinn</t>
   </si>
   <si>
-    <t>Víkingur R.</t>
-[...7 lines deleted...]
-  <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Nettóhöllin-gervigras</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Augnablik</t>
   </si>
   <si>
     <t>Egilshöll</t>
   </si>
   <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>KR-völlur</t>
+  </si>
+  <si>
     <t>Würth völlurinn</t>
   </si>
   <si>
-    <t>KR</t>
-[...4 lines deleted...]
-  <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Safamýri</t>
   </si>
   <si>
+    <t>Meistaravellir</t>
+  </si>
+  <si>
+    <t>Breiðablik</t>
+  </si>
+  <si>
+    <t>Kópavogsvöllur</t>
+  </si>
+  <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
-  </si>
-[...7 lines deleted...]
-    <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Sauðárkróksvöllur</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Þór/KA</t>
   </si>
   <si>
     <t>HS Orku völlurinn</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
@@ -409,166 +409,166 @@
         <v>29</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45045.5833333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45053.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45053.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45053.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45053.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45053.6875</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45053.8020833333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45073.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="C18" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45073.5833333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45073.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45073.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45073.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>47</v>
@@ -622,105 +622,105 @@
         <v>21</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45092.7291666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45092.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45093.7291666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45093.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45107.8229166667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45108.5833333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>45149.7916666667</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>