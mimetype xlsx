--- v0 (2025-10-14)
+++ v1 (2025-12-19)
@@ -27,189 +27,189 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Skallagrímur</t>
   </si>
   <si>
     <t>KFA</t>
   </si>
   <si>
     <t>Skallagrímsvöllur</t>
   </si>
   <si>
+    <t>Árborg</t>
+  </si>
+  <si>
+    <t>KV</t>
+  </si>
+  <si>
+    <t>JÁVERK-völlurinn</t>
+  </si>
+  <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Ásvellir</t>
   </si>
   <si>
-    <t>Árborg</t>
-[...7 lines deleted...]
-  <si>
     <t>Árbær</t>
   </si>
   <si>
     <t>KFK</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Uppsveitir</t>
   </si>
   <si>
     <t>Höttur/Huginn</t>
   </si>
   <si>
     <t>Probygg völlurinn</t>
   </si>
   <si>
     <t>KÁ</t>
   </si>
   <si>
     <t>Magni</t>
   </si>
   <si>
+    <t>Hvíti riddarinn</t>
+  </si>
+  <si>
+    <t>Tindastóll</t>
+  </si>
+  <si>
+    <t>Malbikstöðin að Varmá</t>
+  </si>
+  <si>
+    <t>KFG</t>
+  </si>
+  <si>
+    <t>Sindri</t>
+  </si>
+  <si>
+    <t>Samsungvöllurinn</t>
+  </si>
+  <si>
+    <t>Vængir Júpiters</t>
+  </si>
+  <si>
+    <t>Völsungur</t>
+  </si>
+  <si>
+    <t>Fjölnisvöllur - Gervigras</t>
+  </si>
+  <si>
     <t>ÍH</t>
   </si>
   <si>
     <t>Álftanes</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
-    <t>KFG</t>
-[...5 lines deleted...]
-    <t>Samsungvöllurinn</t>
+    <t>Ýmir</t>
+  </si>
+  <si>
+    <t>Dalvík/Reynir</t>
+  </si>
+  <si>
+    <t>Kórinn</t>
+  </si>
+  <si>
+    <t>KF</t>
+  </si>
+  <si>
+    <t>Kári</t>
+  </si>
+  <si>
+    <t>Ólafsfjarðarvöllur</t>
+  </si>
+  <si>
+    <t>Þróttur V.</t>
+  </si>
+  <si>
+    <t>Víkingur Ó.</t>
+  </si>
+  <si>
+    <t>Vogaídýfuvöllur</t>
+  </si>
+  <si>
+    <t>Elliði</t>
+  </si>
+  <si>
+    <t>Reynir S.</t>
+  </si>
+  <si>
+    <t>Würth völlurinn</t>
   </si>
   <si>
     <t>Augnablik</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
-    <t>Þróttur V.</t>
-[...52 lines deleted...]
-  <si>
     <t>PCC völlurinn Húsavík</t>
   </si>
   <si>
     <t>Grenivíkurvöllur</t>
   </si>
   <si>
+    <t>Víðir</t>
+  </si>
+  <si>
+    <t>Nesfisk-völlurinn</t>
+  </si>
+  <si>
+    <t>Eskjuvöllur</t>
+  </si>
+  <si>
     <t>Fagrilundur - gervigras</t>
-  </si>
-[...7 lines deleted...]
-    <t>Nesfisk-völlurinn</t>
   </si>
   <si>
     <t>Ólafsvíkurvöllur</t>
   </si>
   <si>
     <t>Fjarðabyggðarhöllin</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -339,51 +339,51 @@
     <row r="6">
       <c r="A6" s="2">
         <v>45098.6770833333</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45098.75</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45098.8020833333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45098.8020833333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>25</v>
@@ -473,234 +473,234 @@
         <v>43</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45098.8020833333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45126.75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45126.75</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45126.8020833333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45126.8020833333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45126.8020833333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>5</v>
+        <v>42</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45126.8020833333</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45126.8020833333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45126.8020833333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45146.75</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45146.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45146.8020833333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45147.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45192.5833333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45192.5833333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45198.8020833333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>