--- v0 (2025-11-04)
+++ v1 (2025-12-14)
@@ -251,85 +251,85 @@
         <v>9</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45160.75</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45161.75</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45161.75</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45161.75</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45171.4583333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45171.6875</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>16</v>
@@ -433,150 +433,150 @@
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45187.75</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45191.75</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45191.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45191.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45191.75</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45193.5416666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45198.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45198.75</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45198.75</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45198.75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>