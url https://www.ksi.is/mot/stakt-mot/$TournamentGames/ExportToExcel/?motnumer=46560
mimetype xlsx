--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -117,66 +117,66 @@
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>SS-völlurinn</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
   </si>
   <si>
     <t>Hamar/Ægir/Uppsveitir</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
+    <t>Afturelding</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Tungubakkavöllur</t>
+  </si>
+  <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Leiknir R.</t>
   </si>
   <si>
     <t>Safamýri</t>
-  </si>
-[...7 lines deleted...]
-    <t>Tungubakkavöllur</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Austurland</t>
   </si>
   <si>
     <t>Boginn</t>
   </si>
   <si>
     <t>KF/Dalvík</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Dalvíkurvöllur</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Versalavöllur</t>
   </si>
@@ -521,85 +521,85 @@
         <v>49</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45081.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45088.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45092.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45102.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45103.8020833333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45104.6666666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>47</v>
@@ -608,93 +608,93 @@
         <v>54</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45112.625</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45112.75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45118.7083333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45120.8125</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45164.5</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45164.5416666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45183.6666666667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>49</v>