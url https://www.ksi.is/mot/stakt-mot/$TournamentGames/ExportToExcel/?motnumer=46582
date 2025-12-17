--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -497,211 +497,211 @@
         <v>13</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45095.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45098.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45098.75</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45104.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45104.75</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45104.75</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45104.75</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>45111.7083333333</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>45111.75</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45111.75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45111.7708333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45117.75</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45117.75</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45117.75</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45151.5833333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>11</v>
@@ -819,150 +819,150 @@
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45165.6666666667</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45167.75</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45167.75</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45167.75</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>45171.6111111111</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>45174.7083333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45174.75</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45174.75</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45174.75</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45178.5</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>