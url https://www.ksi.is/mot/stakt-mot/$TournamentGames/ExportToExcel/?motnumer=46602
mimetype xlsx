--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -658,141 +658,141 @@
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45102.5833333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45104.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45104.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45105.8229166667</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45106.8333333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45109.5</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45110.7083333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45110.7083333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45110.75</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45111.8229166667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>12</v>
@@ -1078,71 +1078,71 @@
         <v>4</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>45167.75</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>45167.8229166667</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>45167.8229166667</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>45168.75</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>45171.625</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>7</v>