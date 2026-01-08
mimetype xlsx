--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -93,54 +93,54 @@
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Rafholtsvöllurinn</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
+    <t>Norðurálsvöllurinn</t>
+  </si>
+  <si>
     <t>Smárahvammsvöllur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Norðurálsvöllurinn</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
   </si>
   <si>
     <t>Fagrilundur - gervigras</t>
   </si>
   <si>
     <t>Fagrilundur</t>
   </si>
   <si>
     <t>Smárinn</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -379,85 +379,85 @@
         <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45070.7083333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45077.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45077.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45077.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45077.7083333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45079.71875</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>16</v>
@@ -491,68 +491,68 @@
         <v>10</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45084.625</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45085.625</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45085.625</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45086.5416666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45089.625</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>17</v>
@@ -561,71 +561,71 @@
         <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45090.625</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45091.625</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45091.625</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45091.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45091.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>19</v>
@@ -659,71 +659,71 @@
         <v>13</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45097.5208333333</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45097.625</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45097.625</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45098.625</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45098.625</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
@@ -735,79 +735,79 @@
     <row r="39">
       <c r="A39" s="2">
         <v>45104.4791666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45104.5520833333</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45104.625</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45104.625</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45105.625</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45105.7083333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>14</v>
@@ -841,85 +841,85 @@
         <v>14</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>45154.5416666667</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45154.625</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45154.625</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45154.625</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45154.625</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>45155.5104166667</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>11</v>
@@ -953,155 +953,155 @@
         <v>19</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45159.625</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45159.6666666667</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45159.6666666667</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>45159.7083333333</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>45160.5</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>45163.625</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>45163.6666666667</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>45163.6666666667</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>45163.6666666667</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>45164.4166666667</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>45164.4791666667</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>