--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -625,71 +625,71 @@
         <v>7</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>45096.5625</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>45096.7291666667</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45096.7291666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45097.6666666667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45099.5208333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>7</v>
@@ -793,141 +793,141 @@
         <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45153.7291666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>45154.7291666667</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45154.7291666667</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>45159.5625</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45159.625</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45159.6666666667</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45159.7708333333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45159.7708333333</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>45161.7708333333</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>45162.7291666667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>18</v>